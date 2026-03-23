--- v0 (2025-12-18)
+++ v1 (2026-03-23)
@@ -1,1304 +1,1240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="007109A3" w:rsidRDefault="007109A3" w:rsidP="007109A3">
+    <w:p w14:paraId="655891EB">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体"/>
           <w:spacing w:val="-20"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>2018</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-20"/>
+        <w:t>2018年度宁波市北仑区人力资源和社会保障局</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>年度宁波市北仑区人力资源和社会保障局</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>政府信息公开年度报告</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRDefault="007109A3" w:rsidP="007109A3">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="69E7A666">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="atLeast"/>
         <w:ind w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRDefault="007109A3" w:rsidP="007109A3">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="1FDF6A99">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="645"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>根据《中华人民共和国政府信息公开条例》（以下简称《条例》），特向社会公布2018年度北仑区人力资源和社会保障局政府信息公开年度报告。本报告由概述、主动公开政府信息情况、依申请公开政府信息情况、政府信息公开的收费及减免情况、因政府信息公开申请行政复议和提起行政诉讼的情况、政府信息公开工作存在的问题及改进措施、其它需要报告的事项等七个部分组成。本报告中所列数据的统计期限自2018年1月1日至2018年12月31日止。本报告的电子版本可在北仑政府信息公开网站上下载。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007D110D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  一、概述</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRPr="00292D71" w:rsidRDefault="007109A3" w:rsidP="007109A3">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+    <w:p w14:paraId="5E5BB454">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:hAnsi="Arial" w:eastAsia="楷体_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（一）加强组织领导保障。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>为确保政府信息公开工作的有序开展，我局成立了局主要负责人章文夫为组长，分管局领导谢玲为副组长，各单位、各部门主要负责人为成员，共19人组成的领导小组，负责对全局政府信息公开的总体审查、指导、监督和管理工作。领导小组下设办公室，由局综合科牵头实施，各单位、各部门有关人员共16人组成，负责政府信息公开（包括政务公开）的综合管理及日常维护。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRPr="00292D71" w:rsidRDefault="007109A3" w:rsidP="007109A3">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+    <w:p w14:paraId="328899AB">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="黑体" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:hAnsi="黑体" w:eastAsia="楷体_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二）强化政务平台建设。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...21 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>网络平台建设。在局网站首页醒目位置开设政府信息公开栏目，加强网络平台的日常管理和维护工作，每天登录网络平台查看未审信息及依申请和意见箱情况，及时审核处理各类信息和受理依申请公开信息。各责任科室定期更新相关政府信息公开目录内容。严格按照有关规定主动公开政府信息及受理政府信息。开通局长信箱、网上互动和阳光政务网上办事大厅，结合12333和12345投诉举报电话以及上门投诉举报以及各类报刊，方便群众留言咨询，完善政府信息公开渠道。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5489DE37">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="645"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:hAnsi="Arial" w:eastAsia="楷体_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（三）深化理论业务学习。</w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2018年，我局多次召开培训联络会议，组织干部认真学习《</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>中华人民共和国</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>政府信息公开条例》和考核办法等文件，传达学习区政府关于做好政务公开、政府信息公开的具体要求，增强了规范和推进政府信息公开工作的责任感和使命感。对群众密切关注的行政处罚、养老保障、人才引进等方面的问题要及时公开最新情况，对</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>于群众留言的内容要做好跟进反馈工作，做到政府信息公开准确、及时规范、便捷高效。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313DE2F7">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Arial" w:hint="eastAsia"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>二、主动公开政府信息的情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BEE31D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    据数据统计，截止到2018年底，我局共计主动公开各类政府信息600余条。其中政策法规类信息共计30余条，工作信息550余条，人事信息12条，财政信息18条。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FD2700">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    三、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>依申请公开政府信息办理情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417B40FD">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>截至2018年底，我局未收到依申请政府信息公开的申请。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAFA48E">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>四、政府信息公开的收费及减免情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1954B142">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    截至2018年底，我局尚未就群众查阅或申请公开政府信息进行收费。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A294C55">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F1AEA">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>五、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>公民或法人因政府信息公开申请行政复议或提起行政诉讼的情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E76FD24">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>截至2018年底，我局没有因政府信息公开申请行政复议、提起行政诉讼或申诉的情况发生。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2730FC4D">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...27 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>六、政府信息公开工作存在的主要问题及改进情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5898CC">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    我局按照《条例》规定及区政府的统一部署，认真开展政府信息公开工作，取得了阶段性成效。但是与《条例》要求还有差距，主要是：理论和业务学习不够系统，公开意识及内容需进一步深化；政务公开的便民高效的程度有待于进一步深化。下步，我局将进一步提高政治站位，以人民为中心，加强政务公开深度学习，加大政府信息公开工作力度、强化公众关注度高反映多的政府信息梳理，规范信息公开处理流程，提高申请处理时效性，进一步推动政府信息公开工作更为深入、持续、便捷、高效。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359615FC">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D71">
-[...169 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Arial" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>七、其他需要报告的事项</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRPr="00292D71" w:rsidRDefault="007109A3" w:rsidP="007109A3">
-[...31 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="7D262BAF">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    本年度无其他需要报告的事项。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C01966B">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="482"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61457946">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>宁波市北仑区人力资源和社会保障局</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007109A3" w:rsidRPr="00292D71" w:rsidRDefault="0093199B" w:rsidP="007109A3">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="7A95523F">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="482"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Arial" w:cs="Arial"/>
-[...63 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId6"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Arial" w:eastAsia="仿宋_GB2312" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2019年3月25日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF352D8"/>
+    <w:p w14:paraId="6A71EB3F"/>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
-      <w:cols w:space="425"/>
-      <w:docGrid w:type="lines" w:linePitch="312"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...14 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1593724620"/>
       <w:docPartObj>
-        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartGallery w:val="AutoText"/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00292D71" w:rsidRDefault="009C32B4">
+      <w:p w14:paraId="392C216E">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="2"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00147A84">
+        <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CC17D4" w:rsidRPr="00CC17D4">
+        <w:r>
           <w:rPr>
-            <w:noProof/>
             <w:lang w:val="zh-CN"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00292D71" w:rsidRDefault="00130A29">
+  <w:p w14:paraId="3372FCE9">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="2"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:bordersDoNotSurroundHeader/>
-  <w:bordersDoNotSurroundFooter/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007109A3"/>
     <w:rsid w:val="00130A29"/>
     <w:rsid w:val="00147A84"/>
     <w:rsid w:val="0018040E"/>
     <w:rsid w:val="007109A3"/>
     <w:rsid w:val="00884109"/>
     <w:rsid w:val="0093199B"/>
     <w:rsid w:val="009C32B4"/>
     <w:rsid w:val="00CC17D4"/>
+    <w:rsid w:val="7D0F0311"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007109A3"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="6">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="5">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-    <w:name w:val="No List"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="8"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="7"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...3 lines deleted...]
-    <w:link w:val="Char"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="007109A3"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
-[...42 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:basedOn w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007109A3"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="7">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="6"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="6"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1536,63 +1472,69 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
+  <Company>P R C</Company>
   <Pages>3</Pages>
-  <Words>222</Words>
-[...2 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <Words>1360</Words>
+  <Characters>1410</Characters>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company>P R C</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1488</CharactersWithSpaces>
-[...2 lines deleted...]
-  <AppVersion></AppVersion>
+  <CharactersWithSpaces>1466</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Windows User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiNzE4ZDU3ZTE2ZGU3OTFiZjhjN2NhNDQyMDJhZjFmZTciLCJ1c2VySWQiOiIxNTU0MzQ3NzAyIn0=</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
+    <vt:lpwstr>98A4B4DB2EA1460EBDF04BE6D197EC8A_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>